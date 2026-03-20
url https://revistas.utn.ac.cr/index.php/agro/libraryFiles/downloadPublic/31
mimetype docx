--- v0 (2026-01-16)
+++ v1 (2026-03-20)
@@ -1,3441 +1,3596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...17 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w14:paraId="64DADFF4" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B"/>
+    <w:p w14:paraId="3BCE85FB" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+        </w:rPr>
+        <w:t>Carta de autorización de publicación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF6CF10" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...208 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+    </w:p>
+    <w:p w14:paraId="237293B2" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Fecha:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D98E94E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E3B46C6" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Personas responsables de la Revista Agro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73171A6E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Universidad Técnica Nacional, Sede Atenas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585DDB94" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Alajuela, Costa Rica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BDB314" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8BD8D6" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Estimadas personas responsables de la Revista Agro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730A6A06" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719251AD" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Por este medio DECLARO BAJO FE DE JURAMENTO que el artículo titulado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15545076" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9F8706" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>________________________________________________________, con posibilidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290BC7F3" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>de ser publicado en la REVISTA AGRO DE LA UNIVERSIDAD TÉCNICA NACIONAL, cumple con los siguientes aspectos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440275CA" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6DAF49" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>1. Las personas _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...105 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nombres completos de todas las personas autoras)_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>___, abajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EA4262" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>firmantes son las AUTORAS del artículo cuyo título se cita arriba y en consecuencia responsables de este.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0192A7" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3063DD79" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>2. El artículo es original e inédito, de tal manera que constituye una producción intelectual propia de la(s) persona(s) arriba indicada(s) y no ha sido divulgado a terceros(as) de forma pública, por ningún medio de difusión impreso o digital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02342568" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258BADF8" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>3. El artículo no ha sido postulado simultáneamente para su publicación ante otra revista, ni en ningún otro medio escrito u órgano editorial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9DDCDB" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152EC5A2" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">4. La(s) persona(s) autora(s) no ha(n) suscrito con anterioridad ante terceros contratos de cesión de derechos patrimoniales o licencias de uso en relación con los derechos de propiedad intelectual que ostentan sobre el artículo postulado que les impida cederlos por medio de este acto. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
-[...22 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w14:paraId="3E6085EF" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17FEF080" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">5. En caso de artículos elaborados como obras en colaboración –bien se trate de obras en las que las persona(s) autora(s) tienen el mismo grado de participación o aquellas en las que existe una persona autora principal y una o varias personas autoras secundarias–, todos(as) ellos(as) han contribuido intelectualmente en la elaboración del documento. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
-[...106 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w14:paraId="2A5D2DB3" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53AF05A4" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>6. En caso de artículos elaborados como obras en colaboración, todos(as) los(as) autores(as) han leído y aprobado el manuscrito postulado. En este entendido, los(as) autores(as) abajo firmantes designamos a ____________________________, como persona encargada de recibir correspondencia y con autoridad suficiente para representar, en condición de agente autorizado(a) a los demás autores(as).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7847B4" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D63D082" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>7. Reconoce(n) que la Revista Agro no comparte necesariamente las afirmaciones que en el artículo se plantean.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6942D87A" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4477A493" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>8. Manifiesta(n) que todos los datos de citas dentro del texto y sus respectivas referencias tienen la fuente y el crédito debidamente identificados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF17697" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165F5ADF" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Aporta(n) los permisos o autorizaciones de quienes poseen los derechos patrimoniales para el uso de tablas y figuras (ilustraciones, fotografías, dibujos, mapas, esquemas u otros) en el escrito. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
-[...19 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.58ict8qhy569" w:id="0"/>
+    <w:p w14:paraId="632DD295" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF49975" w14:textId="468819F6" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.58ict8qhy569" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...20 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1BC7" w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>En caso de que el artículo postulado sea aceptado para su publicación, permite(n) la cesión GRATUITA, NO EXCLUSIVA, DE ÁMBITO MUNDIAL Y POR PLAZO INDEFINIDO de una licencia de uso sobre su(s) derecho(s) patrimoniales de autoría a la Revista Agro (Costa Rica), con el propósito de permitir su edición, publicación y difusión, sin que ello implique la pérdida de los derechos morales de las personas autoras, conforme a lo establecido en la Ley N.º 6683 sobre Derechos de Autor y Derechos Conexos de Costa Rica, lo que implica lo siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B01CF6" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2053BBCC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.1 La edición gráfica y de estilo de la obra o parte de esta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47583DF3" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.2 La publicación y reproducción íntegra de la obra o parte de esta, tanto por medios impresos como electrónicos, incluyendo Internet y cualquier otra tecnología conocida o por conocer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4D8000" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...58 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.3 La traducción a cualquier idioma o dialecto de la obra o parte de esta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3448FA" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.4 La adaptación de la obra a formatos de lectura, sonido, voz y cualquier otra representación o mecanismo técnico disponible, que posibilite su acceso para personas no videntes parcial o totalmente, o con alguna otra discapacidad que le impida su acceso a la lectura convencional del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE09BE1" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.5 La distribución y puesta a disposición de la obra al público, de tal forma que la audiencia pueda tener acceso a las producciones desde el momento y lugar que cada quien elija, a través de los mecanismos físicos o electrónicos disponibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E47FAE" w14:textId="77777777" w:rsidR="007D1BC7" w:rsidRDefault="007D1BC7">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.6 Que la obra sea distribuida a través de la licencia Creative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atribución-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>NoComercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>CompartirIgual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 Internacional (CC BY-NC-SA 4.0) (ver detalles en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="007D1BC7">
           <w:rPr>
-            <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...2 lines deleted...]
-            <w:rtl w:val="0"/>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://creativecommons.org/licenses/by-nc-sa/4.0/</w:t>
+          <w:t>https://creativecommons.org/licens</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D1BC7">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D1BC7">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t>s/by-nc-sa/4.0/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...143 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>, lo que implica la posibilidad de que los lectores puedan descargar, almacenar, copiar, distribuir y adaptar la versión final aprobada y publicada del artículo, siempre que se reconozca adecuadamente la autoría, no se utilice con fines comerciales y las obras derivadas se compartan bajo la misma licencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E88570C" w14:textId="37E05332" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.7 Cualquier otra forma de utilización, proceso o sistema conocido o por conocerse que se relacione con las actividades y fines editoriales a los cuales se vincula la Revista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F804818" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="675A874D" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Derechos de reutilización: a su vez, la Revista Agro les concede a la(s) persona(s) autora(s) el derecho de reutilizar para cualquier propósito y poder publicar en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Internet o cualquier sitio electrónico, la versión final aprobada y publicada (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>posprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>) del artículo, siempre y cuando se realice sin fines de lucro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170572DC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47142C40" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF27448" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4346E496" w14:textId="7005B6C4" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1BC7" w:rsidRPr="007D1BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Acepta(n) que, con su colaboración, el artículo presentado sea ajustado por el equipo de edición de la Revista, a los “Lineamientos para la publicación” previamente establecidos y publicados en el sitio web oficial de la Revista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DA1A1E" w14:textId="77777777" w:rsidR="007D1BC7" w:rsidRDefault="007D1BC7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11BC2842" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. De conformidad con la Ley </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>N.°</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8968, Ley de Protección de la Persona frente al Tratamiento de sus Datos Personales, la persona autora consciente en facilitarle a la Revista un correo electrónico de contacto, así como los datos personales necesarios para la identificación de la autoría del artículo: _____________________________. A su vez, autorizan a la Revista a publicar junto con el artículo, los datos personales necesarios (nombre y apellidos, institución, ciudad/país, correo y el número ORCID). Cualquier otro dato personal distinto al indicado anteriormente, será resguardado por la Revista con absoluta confidencialidad y no podrá ser divulgado ni transferido a terceros sin consentimiento de la persona autora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6136AD" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
-[...68 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+    <w:p w14:paraId="7E7B8EB8" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Admiten(n) que la postulación y posible publicación del artículo en la Revista Académica Agro de la Universidad Técnica Nacional se regirá por las políticas editoriales de esta, la normativa institucional de la UTN y la legislación de la República de Costa Rica. Adicionalmente, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en caso de cualquier eventual diferencia de criterio o disputa futura, esta se dirimirá de acuerdo con los mecanismos de Resolución Alterna de Conflictos y la Jurisdicción Costarricense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651F1D0E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75AA97CC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8E54A9" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Atentamente,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B52B26E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E941A66" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:firstLine="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+    </w:p>
+    <w:p w14:paraId="72C59F62" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:firstLine="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="8505" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6237"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="30406E85" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:fill="a4c2f4" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+            <w:shd w:val="clear" w:color="auto" w:fill="A4C2F4"/>
+          </w:tcPr>
+          <w:p w14:paraId="228054C2" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Autoría (duplique esta tabla por cada persona autora)</w:t>
+              </w:rPr>
+              <w:t>Autoría (duplique esta tabla por cada persona autora)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="2ECA3051" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DCA834" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Nombre y apellidos</w:t>
+              </w:rPr>
+              <w:t>Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562D9C18" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="49EA2CF8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+          <w:p w14:paraId="1DAC66F9" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Firma:</w:t>
+              </w:rPr>
+              <w:t>Firma:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+          <w:p w14:paraId="79F7263C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+          </w:p>
+          <w:p w14:paraId="1982CC74" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="3F42371D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CC1417" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Institución:</w:t>
+              </w:rPr>
+              <w:t>Institución:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2B82B6" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="0C11B71A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4939CF" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Ciudad, país:</w:t>
+              </w:rPr>
+              <w:t>Ciudad, país:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163BB815" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="29FCD95A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAA2023" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Fecha:</w:t>
+              </w:rPr>
+              <w:t>Fecha:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9FA153" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="36F6503D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642B1042" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Correo:</w:t>
+              </w:rPr>
+              <w:t>Correo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631BA784" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...6 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:tr w:rsidR="001B0D7B" w14:paraId="3C02BCE5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22711379" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">ORCID:</w:t>
+              </w:rPr>
+              <w:t>ORCID:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704BE3B" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+    <w:p w14:paraId="50156067" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2026A2" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F76FF2C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+    </w:p>
+    <w:p w14:paraId="43283185" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+    </w:p>
+    <w:p w14:paraId="7800A2F0" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+    </w:p>
+    <w:p w14:paraId="4B77D968" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+    </w:p>
+    <w:p w14:paraId="4FDC4D50" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+    </w:p>
+    <w:p w14:paraId="518ECA6E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+        </w:rPr>
+        <w:t>Personas evaluadoras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF8CC07" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+        </w:rPr>
+        <w:t>En este apartado solicitamos, respetuosamente, su colaboración, al recomendarnos tres potenciales personas evaluadoras para su artículo; para tal fin, sírvase llenar las siguientes tablas. El uso de la información será confidencial, en estricto apego a las buenas prácticas editoriales, y sus aportes nos permitirán ampliar nuestro banco de especialistas evaluadores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB82239" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="8505" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3431"/>
         <w:gridCol w:w="5074"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="6014916D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a4c2f4" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+            <w:shd w:val="clear" w:color="auto" w:fill="A4C2F4"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F05E44F" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Personas evaluadoras recomendadas</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>Personas evaluadoras recomendadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="2B23852C" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+          <w:p w14:paraId="101BDD90" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Nombre y grado académico:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Nombre y grado académico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+          <w:p w14:paraId="180FA46C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="3F27344A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CB8BCD5" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+          <w:p w14:paraId="2630F4AC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="31F05DD5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E0DD180" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Área de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+          <w:p w14:paraId="532AF470" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="7DF2834B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D4C727E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Afiliación institucional: universidad, instituto, centro de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+          <w:p w14:paraId="28D13BDE" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="03F5CB36" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+          <w:p w14:paraId="5BA3D7AB" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">País y ciudad:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>País y ciudad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+          <w:p w14:paraId="3795AC0A" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+    <w:p w14:paraId="0781865A" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="8505" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3431"/>
         <w:gridCol w:w="5074"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="53A5032F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a4c2f4" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+            <w:shd w:val="clear" w:color="auto" w:fill="A4C2F4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0BD2DC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Personas evaluadoras recomendadas</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>Personas evaluadoras recomendadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="42095BFA" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+          <w:p w14:paraId="7C7803ED" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Nombre y grado académico:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Nombre y grado académico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+          <w:p w14:paraId="233BA3D8" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="1E864BE8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1A5CBC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+          <w:p w14:paraId="1A648D1D" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="099CBF51" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="211AC9DE" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Área de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+          <w:p w14:paraId="1BBF012C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="390643C0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D644118" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Afiliación institucional: universidad, instituto, centro de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+          <w:p w14:paraId="6A22182C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="16064AE2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:p w14:paraId="4061E894" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">País y ciudad:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>País y ciudad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+          <w:p w14:paraId="072448B7" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+    <w:p w14:paraId="0A736EA3" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table4"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="aa"/>
+        <w:tblW w:w="8505" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3431"/>
         <w:gridCol w:w="5074"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="7813434A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a4c2f4" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+            <w:shd w:val="clear" w:color="auto" w:fill="A4C2F4"/>
+          </w:tcPr>
+          <w:p w14:paraId="09680EFA" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Personas evaluadoras recomendadas</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>Personas evaluadoras recomendadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="4B5F24F0" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+          <w:p w14:paraId="1609701C" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Nombre y grado académico:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Nombre y grado académico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+          <w:p w14:paraId="031EB053" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="4D603CE1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C18DB4A" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+          <w:p w14:paraId="00A17709" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="4B073925" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="000C6ED1" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Área de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+          <w:p w14:paraId="7803F627" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="70BC36FD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F28152F" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>Afiliación institucional: universidad, instituto, centro de investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:tcPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+          <w:p w14:paraId="6FC1969F" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="001B0D7B" w14:paraId="17714E44" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+          <w:p w14:paraId="7F967108" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">País y ciudad:</w:t>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>País y ciudad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+          <w:p w14:paraId="497B3A1D" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+    <w:p w14:paraId="70D45779" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...26 lines deleted...]
-      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+    </w:p>
+    <w:p w14:paraId="1D2CB5D2" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001B0D7B">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6EB48330" w14:textId="77777777" w:rsidR="00BF3F7E" w:rsidRDefault="00BF3F7E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5961E4E1" w14:textId="77777777" w:rsidR="00BF3F7E" w:rsidRDefault="00BF3F7E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-  <w:font w:name="Times New Roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Century Gothic">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{65889A40-8054-403F-9BA6-138CB87D8DFC}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{3353E1F7-8748-44E5-AE64-9EE706F36A25}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{0685B340-97B1-4A90-9AC3-77C4EE611377}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{5083CA45-44C9-4166-88CF-9ABF982554E7}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5BD7919B" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4419"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8838"/>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4439F78E" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4419"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8838"/>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4E21C5AC" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4419"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8838"/>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7EDA647D" w14:textId="77777777" w:rsidR="00BF3F7E" w:rsidRDefault="00BF3F7E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="199AAFBD" w14:textId="77777777" w:rsidR="00BF3F7E" w:rsidRDefault="00BF3F7E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="156FD44B" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4419"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8838"/>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...7 lines deleted...]
-      </w:rPr>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="118FA616" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="00000000">
+    <w:r>
       <w:t xml:space="preserve">                                                                    </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="76ABAC43" wp14:editId="32FC8F63">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2533650</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-266699</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1371600" cy="567690"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="5" name="image2.jpg"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.jpg"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1371600" cy="567690"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1E1584FC" wp14:editId="3A9B7DFB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>685800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-323849</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="890270" cy="631190"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="6" name="image1.jpg"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.jpg"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="890270" cy="631190"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+  <w:p w14:paraId="4EE367D8" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2ADA2F35" w14:textId="77777777" w:rsidR="001B0D7B" w:rsidRDefault="001B0D7B">
     <w:pPr>
-      <w:rPr/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="001B0D7B"/>
+    <w:rsid w:val="001B0D7B"/>
+    <w:rsid w:val="005D047B"/>
+    <w:rsid w:val="007D1BC7"/>
+    <w:rsid w:val="00BF3F7E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0AEFA8ED"/>
+  <w15:docId w15:val="{11BCD4FB-D2BF-4D76-A004-615667A474FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es"/>
+        <w:lang w:val="es" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...8 lines deleted...]
-    </w:tblPr>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="400" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="320" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
+      <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="60" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
-[...9 lines deleted...]
-    <w:unhideWhenUsed w:val="1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
-[...6 lines deleted...]
-    <w:name w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal0" w:customStyle="1">
-[...11 lines deleted...]
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a3" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a5" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009935B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009935B2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009935B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009935B2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="320" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table4">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D1BC7"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D1BC7"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D1BC7"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3714,49 +3869,74 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgUszx8GqbJFY3rK9z+lAXMcxz2mQ==">CgMxLjAyDmguNThpY3Q4cWh5NTY5OAByITF0cWttZHktZ0FBdllpaWlPbW5kbGZ3VWg3eW5pRzJrQg==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1188</Words>
+  <Characters>6534</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>UTN</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7707</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Nixi Miranda Cortés</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>