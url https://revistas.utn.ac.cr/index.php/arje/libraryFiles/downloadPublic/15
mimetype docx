--- v0 (2025-11-09)
+++ v1 (2026-03-19)
@@ -1,1996 +1,2477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...13 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w14:paraId="03BED020" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3"/>
+    <w:p w14:paraId="4A430031" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+        </w:rPr>
+        <w:t>Carta de autorización de publicación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076B23DB" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...223 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+    </w:p>
+    <w:p w14:paraId="344B4A0C" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Fecha:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47647EC2" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="755FAE7E" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Personas responsables de la Revista Académica Arjé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B605B1" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Centro de Formación Pedagógica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C05431F" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Universidad Técnica Nacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00ECE4CA" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Alajuela, Costa Rica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B11DBC6" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1728EBDD" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Estimadas personas responsables de la Revista Académica Arjé:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ED2D5B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F1B066" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Por este medio DECLARO BAJO FE DE JURAMENTO que el artículo titulado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5308FAF4" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A904630" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>________________________________________________________, con posibilidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE1571C" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>de ser publicado en la REVISTA ACADÉMICA ARJÉ DE LA UNIVERSIDAD TÉCNICA NACIONAL, cumple con los siguientes aspectos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED7A56F" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F2927B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>1. Las personas _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...105 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nombres completos de todas las personas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>autoras)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>___, abajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EA359A" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>firmantes son las AUTORAS del artículo cuyo título se cita arriba y en consecuencia responsables de este.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51172245" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F8A9C49" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>2. El artículo es original e inédito, de tal manera que constituye una producción intelectual propia de las personas arriba indicadas y no ha sido divulgado a terceros(as) de forma pública, por ningún medio de difusión impreso o digital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039A99F4" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D10DBD0" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>3. El artículo no ha sido postulado simultáneamente para su publicación ante otra revista, ni en ningún otro medio escrito u órgano editorial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACDA0EA" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA30F7D" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Las personas autoras no han suscrito con anterioridad ante terceros contratos de cesión de derechos patrimoniales o licencias de uso en relación con los derechos de propiedad intelectual que ostentan sobre el artículo postulado que les impida cederlos por medio de este acto. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
-[...22 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w14:paraId="23963090" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D1CB6B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">5. En caso de artículos elaborados como obras en colaboración –bien se trate de obras en las que las personas autoras tienen el mismo grado de participación o aquellas en las que existe una persona autora principal y una o varias personas autoras secundarias–, todas ellas han contribuido intelectualmente en la elaboración del documento. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
-[...106 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w14:paraId="3275B02C" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F45BD4" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. En caso de artículos elaborados como obras en colaboración, todas las personas autoras han leído y aprobado el manuscrito postulado. En este entendido, las </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>personas autoras abajo firmantes designamos a ____________________________, como persona encargada de recibir correspondencia y con autoridad suficiente para representar, en condición de agente autorizado(a) a los demás autores(as).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2473B7AC" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065A0B4B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>7. Reconocen que la Revista Académica Arjé no comparte necesariamente las afirmaciones que en el artículo se plantean.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476FEC80" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BD0C371" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>8. Manifiestan que todos los datos de citas dentro del texto y sus respectivas referencias tienen la fuente y el crédito debidamente identificados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E690D5" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="624EF97E" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Aportan los permisos o autorizaciones de quienes poseen los derechos patrimoniales para el uso de tablas y figuras (ilustraciones, fotografías, dibujos, mapas, esquemas u otros) en el escrito. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
-[...40 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+    <w:p w14:paraId="0AC646DF" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7399994C" w14:textId="03DB100B" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. En caso de que el artículo postulado sea aceptado para su publicación, permite(n) la cesión GRATUITA, DE ÁMBITO MUNDIAL Y POR PLAZO INDEFINIDO </w:t>
+      </w:r>
+      <w:r w:rsidR="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de una licencia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uso sobre su(s) derecho(s) patrimoniales de autoría a la Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Académica </w:t>
+      </w:r>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Arjé (Costa Rica), con el propósito de permitir su edición, publicación y difusión, sin que ello implique la pérdida de los derechos morales de las personas autoras, conforme a lo establecido en la Ley N.º 6683 sobre Derechos de Autor y Derechos Conexos de Costa Rica, lo que implica lo siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669AF2F7" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6167DF65" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.1 La edición gráfica y de estilo de la obra o parte de esta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F21495" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.2 La publicación y reproducción íntegra de la obra o parte de esta, tanto por medios impresos como electrónicos, incluyendo Internet y cualquier otra tecnología conocida o por conocer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0C91BD" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...58 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.3 La traducción a cualquier idioma o dialecto de la obra o parte de esta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3FD1EF" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>10.4 La adaptación de la obra a formatos de lectura, sonido, voz y cualquier otra representación o mecanismo técnico disponible, que posibilite su acceso para personas no videntes parcial o totalmente, o con alguna otra discapacidad que le impida su acceso a la lectura convencional del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E65823D" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.5 La distribución y puesta a disposición de la obra al público, de tal forma que la audiencia pueda tener acceso a las producciones desde el momento y lugar que </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>cada quien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elija, a través de los mecanismos físicos o electrónicos disponibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BBCD69E" w14:textId="2D2A9F67" w:rsidR="00656AA3" w:rsidRDefault="00000000" w:rsidP="00086793">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Que la obra sea distribuida a través de la licencia Creative Commons </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00086793" w:rsidRPr="00086793">
           <w:rPr>
-            <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...2 lines deleted...]
-            <w:rtl w:val="0"/>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://creativecommons.org/licenses/by-nc-sa/4.0/</w:t>
+          <w:t>Atribución-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t>NoComercial</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t>CompartirIgual</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 4.0 Internacional</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...117 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>BY</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>NC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00086793" w:rsidRPr="00086793">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>-SA 4.0), lo que implica la posibilidad de que los lectores puedan descargar, almacenar, copiar, distribuir y adaptar la versión final aprobada y publicada del artículo, siempre que se reconozca adecuadamente la autoría, no se utilice con fines comerciales y las obras derivadas se compartan bajo la misma licencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468267EE" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D9EB1B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>11. Derechos de reutilización: a su vez, la Revista Académica Arjé les concede a la(s) persona(s) autora(s) el derecho de reutilizar para cualquier propósito y poder publicar en Internet o cualquier sitio electrónico, la versión final aprobada y publicada (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>posprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>) del artículo, siempre y cuando se realice sin fines de lucro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1D35E3" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA91F74" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>12. Acepta(n) que, con su colaboración, el artículo presentado sea ajustado por el equipo de edición de la Revista, a los “Lineamientos para la publicación” previamente establecidos y publicadas en el sitio web oficial de la Revista en cuanto a procedimientos, formato, corrección, edición, traducción, publicación, duración del proceso editorial y otros requerimientos solicitados en dichas normas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2884C0" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59798AE5" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. De conformidad con la Ley </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>N.°</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8968, Ley de Protección de la Persona frente al Tratamiento de sus Datos Personales, la persona autora consciente en facilitarle a la Revista un correo electrónico de contacto, así como los datos personales necesarios para la identificación de la autoría del artículo: _____________________________. A su vez, autorizan a la Revista a publicar junto con el artículo, los datos personales necesarios (nombre y apellidos, institución, ciudad/país, correo y el número </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>). Cualquier otro dato personal distinto al indicado anteriormente, será resguardado por la Revista con absoluta confidencialidad y no podrá ser divulgado ni transferido a terceros sin consentimiento de la persona autora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D26888" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
-[...68 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+    <w:p w14:paraId="7100EE1D" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Admiten(n) que la postulación y posible publicación del artículo en la Revista Académica Arjé de la Universidad Técnica Nacional se regirá por las políticas editoriales de esta, la normativa institucional de la UTN y la legislación de la República de Costa Rica. Adicionalmente, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en caso de cualquier eventual diferencia de criterio o disputa futura, esta se dirimirá de acuerdo con los mecanismos de Resolución Alterna de Conflictos y la Jurisdicción Costarricense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C75F72B" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE04675" w14:textId="5731EB83" w:rsidR="00656AA3" w:rsidRPr="00086793" w:rsidRDefault="00000000" w:rsidP="00086793">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+        <w:t>Atentamente,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FBB1C6" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:firstLine="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="8505" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6237"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="2FCB5694" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:fill="a4c2f4" w:val="clear"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A4C2F4"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+          <w:p w14:paraId="7CDFC667" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autoría (duplique esta tabla por cada persona autora)</w:t>
+              <w:t>Autoría (duplique esta tabla por cada persona autora)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="7C983E88" w14:textId="77777777">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C53AAB" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Firma:</w:t>
+              <w:t>Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+          <w:p w14:paraId="77686FDC" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="2AEBC7CC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A3F218" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Firma:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="678B8B50" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          </w:p>
+          <w:p w14:paraId="6F6C5AFE" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+            <w:pPr>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institución:</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="25FC6A2A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325CAAF6" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Institución:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28176EA5" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="5FCBF6F0" w14:textId="77777777">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8185E7" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ciudad, país:</w:t>
+              <w:t>Ciudad, país:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FAD50D" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="22223B99" w14:textId="77777777">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECD3D44" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fecha:</w:t>
+              <w:t>Fecha:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B418A5" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="59814AB5" w14:textId="77777777">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16552544" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Correo:</w:t>
+              <w:t>Correo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B835C85" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00656AA3" w14:paraId="4424CD6A" w14:textId="77777777">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="501BED46" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORCID:</w:t>
+              <w:t>ORCID</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6A895E" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+    <w:p w14:paraId="52E9356C" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
-[...37 lines deleted...]
-      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13FF8EA5" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00656AA3">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="476B8884" w14:textId="77777777" w:rsidR="009D7BE5" w:rsidRDefault="009D7BE5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3DFDB431" w14:textId="77777777" w:rsidR="009D7BE5" w:rsidRDefault="009D7BE5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-  <w:font w:name="Times New Roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Century Gothic">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{17E384E4-8874-42AD-947A-E2F4E284320E}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{B4B59D52-32DF-4B3C-BF80-EA73B00CD7CA}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{D94AA100-86CC-4BA9-9A20-C0CED81B2B5B}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{61B4F57A-6873-4484-B385-22A7F66746B2}"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="23D0413C" w14:textId="4FB01CE3" w:rsidR="00086793" w:rsidRPr="000F1857" w:rsidRDefault="000F1857">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32510D27" wp14:editId="483C613E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>7620</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1360170" cy="476250"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1118350066" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1118350066" name="Imagen 1118350066"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1366690" cy="478318"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="000F1857">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Nuestros artículos son publicados bajo los términos de la licencia internacional Creative Commons </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="000F1857">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Atribucion-NoComercial-CompartirIgual</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="000F1857">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 4.0.</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5B459B48" w14:textId="77777777" w:rsidR="009D7BE5" w:rsidRDefault="009D7BE5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2A0D8FE9" w14:textId="77777777" w:rsidR="009D7BE5" w:rsidRDefault="009D7BE5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...7 lines deleted...]
-      </w:rPr>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B9FAC06" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00000000">
+    <w:r>
       <w:t xml:space="preserve">              </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-      <w:rPr/>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="577AC106" wp14:editId="1B4BE69D">
           <wp:extent cx="890376" cy="631358"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="4" name="image3.jpg"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image3.jpg"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="890376" cy="631358"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">                     </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-      <w:rPr/>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
-[...1 lines deleted...]
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="49DAC9EF" wp14:editId="6268375E">
+          <wp:extent cx="937611" cy="714375"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="6" name="image1.png"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="890588" cy="667201"/>
+                    <a:ext cx="940963" cy="716929"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">                     </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-      <w:rPr/>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
-[...1 lines deleted...]
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="309B8EA7" wp14:editId="67BE324F">
+          <wp:extent cx="676275" cy="657225"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="5" name="image2.png"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="5" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1127888" cy="484462"/>
+                    <a:ext cx="677104" cy="658031"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
-[...8 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="07971EF3" w14:textId="77777777" w:rsidR="00656AA3" w:rsidRDefault="00656AA3"/>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00656AA3"/>
+    <w:rsid w:val="00086793"/>
+    <w:rsid w:val="000F1857"/>
+    <w:rsid w:val="00183513"/>
+    <w:rsid w:val="00656AA3"/>
+    <w:rsid w:val="009D7BE5"/>
+    <w:rsid w:val="00CE2AF1"/>
+    <w:rsid w:val="00D32A9B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="53C8C181"/>
+  <w15:docId w15:val="{C1EE8D90-5FBE-4A10-BF45-F0260B36C289}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es"/>
+        <w:lang w:val="es" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...112 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="400"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="400" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="360"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="320"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="320" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="240"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
+      <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:customStyle="1">
-    <w:name w:val="Table Normal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a" w:customStyle="1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...15 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00086793"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00086793"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00086793"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00086793"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00086793"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00086793"/>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/CenturyGothic-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2269,50 +2750,89 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjR+jenUy57C285dYju+6+ZYWqprQ==">CgMxLjA4AHIhMU9fczRwMnFQWEw4cEV6eE55a3hVVXJNZF9vTmFtYU43</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>1002</Words>
+  <Characters>5653</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>141</Lines>
+  <Paragraphs>50</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>6605</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Alexander Jesús Porras Sibaja</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Alexander Jesús Porras Sibaja</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>